--- v0 (2025-10-11)
+++ v1 (2025-11-08)
@@ -1,50 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="75E13F2C" w14:textId="7AC6DD37" w:rsidR="00D528A3" w:rsidRDefault="004E2931" w:rsidP="000B38D0">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0" w:right="-35"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="487590912" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="768549ED" wp14:editId="6EA70E21">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>101600</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="topMargin">
               <wp:posOffset>156210</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="689610" cy="689610"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
@@ -122,59 +122,57 @@
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> MANUSCRIPT </w:t>
       </w:r>
       <w:r w:rsidR="000B38D0">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t>PUBLICATION</w:t>
       </w:r>
       <w:r w:rsidR="00467F5F">
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
         <w:t xml:space="preserve"> FORM</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52F7A690" w14:textId="3278189C" w:rsidR="0018242C" w:rsidRDefault="00DC799B" w:rsidP="00DC799B">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0" w:right="-35"/>
       </w:pPr>
       <w:r w:rsidRPr="00DC799B">
         <w:t xml:space="preserve">UCP Journal </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r w:rsidRPr="007E629B">
         <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
       <w:r w:rsidRPr="00DC799B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007E629B">
         <w:t>Law and Legal Education</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77E7E843" w14:textId="0DC829C8" w:rsidR="006B2776" w:rsidRDefault="006B2776" w:rsidP="006B2776">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:ind w:left="0" w:right="-35"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Title of the </w:t>
       </w:r>
       <w:r w:rsidR="004E2931">
         <w:t>Manuscript: _</w:t>
       </w:r>
       <w:r>
         <w:t>__________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75E13F2D" w14:textId="77777777" w:rsidR="00D528A3" w:rsidRDefault="00D528A3">
       <w:pPr>
@@ -348,155 +346,62 @@
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-PK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006A738B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-PK"/>
         </w:rPr>
         <w:t>Each author should have participated sufficiently in the work to take public responsibility for appropriate portions of the content. Acquisition of funding, collection of data, or general supervision of the research group alone does not justify authorship.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7678F032" w14:textId="77777777" w:rsidR="006A738B" w:rsidRPr="006A738B" w:rsidRDefault="006A738B" w:rsidP="006A738B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-PK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="18E02367" w14:textId="526909F1" w:rsidR="006A738B" w:rsidRPr="006A738B" w:rsidRDefault="006A738B" w:rsidP="006A738B">
+    <w:p w14:paraId="3B9B7DCD" w14:textId="77777777" w:rsidR="00C51512" w:rsidRPr="006A738B" w:rsidRDefault="00C51512" w:rsidP="00C51512">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-PK"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="006A738B">
-[...93 lines deleted...]
-        <w:t>We also understand that once published, it cannot be removed from the published record except in exceptional circumstances.</w:t>
+      <w:r>
+        <w:t>Furthermore, all author(s) hereby provide consent for the publication of the manuscript described above (if accepted for publication), including any accompanying images or data contained within the manuscript. I/We understand that this information will be freely available online and accessible to the general public under the Creative Commons Attribution (CC BY) license, which permits unrestricted use, distribution, and reproduction in any medium, provided the original work is properly cited. I/We transfer the copyright of this work to the Journal and its Publisher as part of the publishing agreement, effective upon acceptance of the article for publication. I/We acknowledge that this will reduce our actual privacy to the extent of the content of the manuscript. I/We also understand that once published, the manuscript cannot be removed from the published record except in exceptional circumstances.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="70269C5B" w14:textId="77777777" w:rsidR="006A738B" w:rsidRDefault="006A738B" w:rsidP="006A738B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5805"/>
           <w:tab w:val="left" w:pos="6605"/>
         </w:tabs>
         <w:spacing w:before="91" w:line="501" w:lineRule="auto"/>
         <w:ind w:right="3417"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:color w:val="231F20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="34E81354" w14:textId="299FBD1C" w:rsidR="006B2776" w:rsidRDefault="006B2776" w:rsidP="006A738B">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="5805"/>
           <w:tab w:val="left" w:pos="6605"/>
         </w:tabs>
         <w:spacing w:before="91" w:line="501" w:lineRule="auto"/>
@@ -2536,51 +2441,51 @@
           <w:numId w:val="2"/>
         </w:numPr>
         <w:rPr>
           <w:i/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002D5CFB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>In case the manuscript is rejected, the copyright transfers back to the authors.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002D5CFB" w:rsidRPr="002D5CFB">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11910" w:h="15880"/>
       <w:pgMar w:top="1340" w:right="1140" w:bottom="280" w:left="740" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2590,51 +2495,51 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="18AA7922"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="69E4A7A8"/>
     <w:lvl w:ilvl="0" w:tplc="20000001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="20000003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -2948,141 +2853,142 @@
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="8084" w:hanging="208"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:ulTrailSpace/>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D528A3"/>
     <w:rsid w:val="00085E52"/>
     <w:rsid w:val="000B38D0"/>
     <w:rsid w:val="0018242C"/>
     <w:rsid w:val="002D5CFB"/>
     <w:rsid w:val="00466637"/>
     <w:rsid w:val="00467F5F"/>
     <w:rsid w:val="0047107C"/>
     <w:rsid w:val="004E2931"/>
     <w:rsid w:val="006A738B"/>
     <w:rsid w:val="006B2776"/>
     <w:rsid w:val="00727B4E"/>
     <w:rsid w:val="00746F57"/>
     <w:rsid w:val="007934BA"/>
     <w:rsid w:val="007A659D"/>
     <w:rsid w:val="007E629B"/>
     <w:rsid w:val="00850F99"/>
     <w:rsid w:val="009657E8"/>
+    <w:rsid w:val="00C51512"/>
     <w:rsid w:val="00D35713"/>
     <w:rsid w:val="00D528A3"/>
     <w:rsid w:val="00DC799B"/>
     <w:rsid w:val="00E40068"/>
     <w:rsid w:val="00EC4F00"/>
     <w:rsid w:val="00FC1CEC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-PK" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
+  <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="75E13F2C"/>
   <w15:docId w15:val="{FF3D36D0-790C-40A5-A135-F94C6B43AC31}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:widowControl w:val="0"/>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3144,101 +3050,98 @@
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -3414,50 +3317,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
@@ -3499,51 +3403,51 @@
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="110" w:hanging="208"/>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableParagraph">
     <w:name w:val="Table Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="105"/>
       <w:ind w:left="1037"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="194316612">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
@@ -3810,75 +3714,75 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>350</Words>
-  <Characters>2000</Characters>
+  <Words>346</Words>
+  <Characters>2023</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>16</Lines>
-  <Paragraphs>4</Paragraphs>
+  <Lines>53</Lines>
+  <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2346</CharactersWithSpaces>
+  <CharactersWithSpaces>2345</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Adeel Ahmad</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2011-07-27T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Adobe InDesign CS5 (7.0)</vt:lpwstr>
   </property>